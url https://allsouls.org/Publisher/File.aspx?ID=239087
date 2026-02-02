--- v0 (2025-10-14)
+++ v1 (2026-02-02)
@@ -17,62 +17,68 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3B520C26" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_dof95hq00rgp" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>All Souls Ministry Training Scheme</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A8F3B5" w14:textId="4D3EFB1C" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
+    <w:p w14:paraId="55A8F3B5" w14:textId="5C7CFF8B" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:after="400"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_obij9mce6wd7" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Application Form (202</w:t>
       </w:r>
+      <w:r w:rsidR="00B931C8">
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidR="00CA5CC9">
-        <w:t>5/26</w:t>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B931C8">
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D9A41CB" w14:textId="3CC25586" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
       <w:r>
         <w:t>Please</w:t>
       </w:r>
       <w:r w:rsidR="00624AFC">
         <w:t xml:space="preserve"> read the MTS Information Booklet and then</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> complete this form to the best of your knowledge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31DAD6D3" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_w7ljdcguydqe" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>About You</w:t>
       </w:r>
@@ -90,411 +96,399 @@
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2411"/>
         <w:gridCol w:w="2411"/>
         <w:gridCol w:w="2411"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF05DB" w14:paraId="024D904E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6EB441D0" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_t31glnoslndb" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="144DA8B3" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="488067FD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1095"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74A5B96E" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_heyv0mg8blo7" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="14C79A8A" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="3CA9F4CD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0122362C" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_3nv8nfifwnks" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1884E09F" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="299C0AA5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F2134ED" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_55i1s4phdjvf" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="6"/>
             <w:r>
               <w:t>Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17F83F2B" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="7C62A7EF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6251345B" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="_723lmg2gya8q" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:t>Nationality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60526DC9" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="554A92FB" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_nydx8u6ghrbi" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:t>If you are not a British citizen, do you have a relevant visa?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28F594A8" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7054B2F7" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -502,457 +496,443 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="3C232837" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6FD185EA" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="9" w:name="_pr1bsy9w4h7l" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:t>Current employment/ place of study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="540B5938" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="526A92E2" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_wixjao41039z" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="10"/>
             <w:r>
               <w:t>Current occupation/</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>course of study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D91C443" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="725B0D91" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BCA92B5" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="_44ztrvhnadwr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:t>Current employer/</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>place of study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="156B0399" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4575AFE4" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="_tz7dfbk65rtm" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:t>Period of notice required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EE99738" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="342CC1F6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A2465CB" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="13" w:name="_le45c0qw6fva" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:t>Employer/study address &amp; email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5161E8CC" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="1FCD67DD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3419CAC4" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:bookmarkStart w:id="14" w:name="_uzmcn72amlq4" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:t>Name and occupation of referee with current employer/place of study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5C849738" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="65AA2D43" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65AA2D43" w14:textId="44FEAD64" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="_wm9ire4uxzx2" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="15"/>
             <w:r>
-              <w:t>May we approach them for a reference now?</w:t>
+              <w:t>May we approach them for a reference?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C974F16" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63C1E079" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -1060,730 +1040,706 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A7F9809" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:bookmarkStart w:id="17" w:name="_v3qznmbj0y4k" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:t>Reference Two</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="02D6F99D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23FE252C" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="18" w:name="_r117v55ajoxx" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="18"/>
             <w:r>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67E4DFD3" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="526B8F7F" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="19" w:name="_4hoz185pdyxu" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="19"/>
             <w:r>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="036CDFEB" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="28228DD4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C32BB34" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="20" w:name="_h4upabtvlo80" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11447218" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="21" w:name="_wogg32dkyuiu" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="09D9AFAC" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F34FD1C" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="22" w:name="_qqbvf6lkt9y5" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="22"/>
             <w:r>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EDF1665" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="23" w:name="_zay33x4zjkrl" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
           <w:p w14:paraId="3F6ADC42" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="24" w:name="_kvzftf29kdn1" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0190B954" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="19AF19B3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50A7CE57" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="25" w:name="_i9nfdpbtngj2" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50A3BA28" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34296AE5" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="26" w:name="_mczv8v1gyhxy" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="26"/>
             <w:r>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33F6AF48" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="39A6A663" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D79B8DF" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="27" w:name="_yehozou4e3rg" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71B642D6" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="782F0772" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="28" w:name="_gwwqdhu3xs" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="28"/>
             <w:r>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3F3D9C6C" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="214A51EF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="494A04EC" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="29" w:name="_7c5030xq5ppp" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:t>Occupation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="37ABAD39" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5021353A" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="30" w:name="_fquo8eoo42oq" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="30"/>
             <w:r>
               <w:t>Occupation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2503E3E3" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF05DB" w14:paraId="5527AD0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B3608D4" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="31" w:name="_j5l2hey0tvtw" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:t>Relationship to you</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22FD800A" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="32" w:name="_fkbjivla2b3q" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7225BCFF" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CD079C6" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="33" w:name="_bhxelfhchpgc" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:t>Relationship to you</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54DC7393" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:widowControl w:val="0"/>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:bookmarkStart w:id="34" w:name="_xhhw06ot6z6d" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="284AB5A8" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E2675FB" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
@@ -2230,56 +2186,56 @@
     </w:p>
     <w:p w14:paraId="53E822E3" w14:textId="0E092687" w:rsidR="00CF05DB" w:rsidRDefault="00DE5F7C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D149BD">
         <w:t>Is there any other information you would like to include in your application?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8F4259" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="11F108AE" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="66E6C576" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="3E32404B" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="28D963D3" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="36D762AE" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="7FF17C8E" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="6E44617F" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="505D468A" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
-    <w:p w14:paraId="2567EA49" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00EB32AD">
+    <w:p w14:paraId="2567EA49" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00E4722C">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="6F0928ED">
+        <w:pict w14:anchorId="4E667955">
           <v:rect id="_x0000_i1025" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E93B74E" w14:textId="7A7BC37A" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_bborgnc8n9st" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>Please attach your curriculum vitae to this application (no more than 2 pages)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EBFB70" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="2F19B1D5" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="07C8106C" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB"/>
     <w:p w14:paraId="212AC31F" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_133jjs1heavg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
@@ -2377,101 +2333,101 @@
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_nfsansvwt9eg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>Please email your application to Kah Foon Gillespie at kahfoon.gillespie@allsouls.org</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CF05DB">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="283" w:right="1133" w:bottom="0" w:left="1133" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06B9CE55" w14:textId="77777777" w:rsidR="00EB32AD" w:rsidRDefault="00EB32AD">
+    <w:p w14:paraId="32782F40" w14:textId="77777777" w:rsidR="00E4722C" w:rsidRDefault="00E4722C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60C5C4AB" w14:textId="77777777" w:rsidR="00EB32AD" w:rsidRDefault="00EB32AD">
+    <w:p w14:paraId="30B752EE" w14:textId="77777777" w:rsidR="00E4722C" w:rsidRDefault="00E4722C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0548C35B" w14:textId="77777777" w:rsidR="00CF05DB" w:rsidRDefault="00CF05DB">
     <w:pPr>
       <w:pStyle w:val="Heading6"/>
       <w:spacing w:line="268" w:lineRule="auto"/>
       <w:ind w:right="-7"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -2524,184 +2480,202 @@
       <w:spacing w:line="268" w:lineRule="auto"/>
       <w:ind w:right="-7"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="50" w:name="_tgja8y2hemiw" w:colFirst="0" w:colLast="0"/>
     <w:bookmarkEnd w:id="50"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="17EB76CC" w14:textId="49B1CC98" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
+  <w:p w14:paraId="17EB76CC" w14:textId="0AE30C7C" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="141" w:right="133"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Last updated </w:t>
     </w:r>
-    <w:r w:rsidR="00CA5CC9">
+    <w:r w:rsidR="00B931C8">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Dec</w:t>
+      <w:t>Jan</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r w:rsidR="00CA5CC9">
+    <w:r w:rsidR="00B931C8">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> For more information, contact mts@allsouls.org</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="640878C6" w14:textId="77777777" w:rsidR="00EB32AD" w:rsidRDefault="00EB32AD">
+    <w:p w14:paraId="4205F1D7" w14:textId="77777777" w:rsidR="00E4722C" w:rsidRDefault="00E4722C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CEC3C7E" w14:textId="77777777" w:rsidR="00EB32AD" w:rsidRDefault="00EB32AD">
+    <w:p w14:paraId="342BF5E6" w14:textId="77777777" w:rsidR="00E4722C" w:rsidRDefault="00E4722C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2235D7BF" w14:textId="61C26A7A" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
+  <w:p w14:paraId="2235D7BF" w14:textId="3C79D97B" w:rsidR="00CF05DB" w:rsidRDefault="00D149BD">
     <w:pPr>
       <w:pStyle w:val="Heading6"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9636"/>
       </w:tabs>
       <w:spacing w:line="268" w:lineRule="auto"/>
       <w:ind w:left="141" w:right="-7"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="45" w:name="_kw5q9is2xxsc" w:colFirst="0" w:colLast="0"/>
     <w:bookmarkEnd w:id="45"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">All Souls Langham Place </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Ministry Training Scheme Application Form 202</w:t>
     </w:r>
-    <w:r w:rsidR="00CA5CC9">
+    <w:r w:rsidR="00B931C8">
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>5/26</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA5CC9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00B931C8">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -3224,93 +3198,97 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1997567062">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1099328784">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2076318343">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="170"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF05DB"/>
     <w:rsid w:val="000A1A49"/>
     <w:rsid w:val="002261DB"/>
     <w:rsid w:val="002C6684"/>
     <w:rsid w:val="00317FEA"/>
     <w:rsid w:val="00463F66"/>
     <w:rsid w:val="004E6B20"/>
     <w:rsid w:val="00624AFC"/>
     <w:rsid w:val="00636070"/>
     <w:rsid w:val="007B74A7"/>
     <w:rsid w:val="007F5E60"/>
+    <w:rsid w:val="008623A1"/>
     <w:rsid w:val="00967245"/>
     <w:rsid w:val="00A40952"/>
     <w:rsid w:val="00A463AC"/>
     <w:rsid w:val="00B36053"/>
+    <w:rsid w:val="00B931C8"/>
     <w:rsid w:val="00C44165"/>
     <w:rsid w:val="00C5623B"/>
     <w:rsid w:val="00CA5CC9"/>
     <w:rsid w:val="00CF05DB"/>
     <w:rsid w:val="00D149BD"/>
     <w:rsid w:val="00D47D74"/>
+    <w:rsid w:val="00DD1065"/>
     <w:rsid w:val="00DE5F7C"/>
     <w:rsid w:val="00E20E42"/>
+    <w:rsid w:val="00E4722C"/>
     <w:rsid w:val="00EB32AD"/>
     <w:rsid w:val="00EE5D2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-IE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -4285,64 +4263,64 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>531</Words>
-  <Characters>3029</Characters>
+  <Words>640</Words>
+  <Characters>2916</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3553</CharactersWithSpaces>
+  <CharactersWithSpaces>3539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>